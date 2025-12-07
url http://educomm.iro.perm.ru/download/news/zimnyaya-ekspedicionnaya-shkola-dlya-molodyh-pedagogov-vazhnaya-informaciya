--- v0 (2025-11-17)
+++ v1 (2025-12-07)
@@ -1,4675 +1,4567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="2E48E122" w14:textId="018FBC5B" w:rsidR="008E5AFC" w:rsidRPr="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="008E5AFC">
+      <w:pPr>
+        <w:pStyle w:val="afc"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="765CC79D" w14:textId="4854D481" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="008E5AFC">
+      <w:pPr>
+        <w:pStyle w:val="afc"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="796926A3" wp14:editId="3AFB0FB4">
+            <wp:extent cx="7080250" cy="9884410"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1811022842" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="3632"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7080250" cy="9884410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A1D120" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05AE5C3B" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="281231BD" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B666D90" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00601304" w:rsidRDefault="008E5AFC" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C1BEAEF" w14:textId="5FA44135" w:rsidR="007361EA" w:rsidRPr="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОГРАММА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A6CD86" w14:textId="77777777" w:rsidR="007361EA" w:rsidRPr="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>IX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> краевой Зимней экспедиционной Школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F19D05" w14:textId="77777777" w:rsidR="007361EA" w:rsidRPr="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Мой родной край: прошлое, настоящее, будущее»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B21B17E" w14:textId="77777777" w:rsidR="007361EA" w:rsidRPr="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5999093C" w14:textId="11DCA7BF" w:rsidR="007361EA" w:rsidRPr="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проведения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Муниципальное автономное учреждение системы образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дом Учителя города Перми,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E17A5B" w14:textId="77777777" w:rsidR="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Пермь,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ул.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007361EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сибирская, 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031B5D0B" w14:textId="77777777" w:rsidR="007361EA" w:rsidRPr="007361EA" w:rsidRDefault="007361EA" w:rsidP="007361EA">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10768" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="9595"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB5652" w:rsidRPr="007361EA" w14:paraId="1237AC98" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB9B365" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Время</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B24149D" w14:textId="77777777" w:rsidR="004C1F58" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00D27983">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятие</w:t>
+            </w:r>
+            <w:r w:rsidR="00923F96" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>спикер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB5652" w:rsidRPr="006F4118" w14:paraId="6266B8DC" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE509B9" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B2FB7C" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Регистрация участников, вручение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>раздаточных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB5652" w:rsidRPr="006F4118" w14:paraId="6B708568" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="1995"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CEB0A8" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="295BE39E" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Официальное открытие Зимней экспедиционной Школы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4537DBEC" w14:textId="3C524D6A" w:rsidR="000808D5" w:rsidRPr="007361EA" w:rsidRDefault="000808D5" w:rsidP="00923F96">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Калинчикова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лари</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4118">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а Николаевна</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начальник управления общего, дополнительного образования и воспитания Министерства образования и науки Пермского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AFCB711" w14:textId="38C562FC" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00C40C3C" w:rsidP="00923F96">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Шелатонова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Татьяна Николаевна,</w:t>
+            </w:r>
+            <w:r w:rsidR="000808D5" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF34DB" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель председателя</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Пермской</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>краевой организации Общероссийского Профсоюза</w:t>
+            </w:r>
+            <w:r w:rsidR="00B25E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF34DB" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C07C1D9" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00A936D1" w:rsidP="00923F96">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Клепцина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ольга </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Геннадьевна, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МАУ СО «Дом Учителя» г.Перми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70A45DEC" w14:textId="785BF5A5" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00493E1A" w:rsidP="00923F96">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Колобов Александр Викторович</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00985BED" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель директора</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У ДПО </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5652" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ИРО ПК</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CB41A7F" w14:textId="77777777" w:rsidR="00C40C3C" w:rsidRPr="007361EA" w:rsidRDefault="00C40C3C" w:rsidP="00923F96">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Митина Екатерина Сергеевна, руководитель Ресурсного центра детско-юношеского туризма и </w:t>
+            </w:r>
+            <w:r w:rsidR="001E66BE" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>краеведения,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ГУ ДО «Пермский краевой центр «Муравейник»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54696C67" w14:textId="68B311F9" w:rsidR="0078376B" w:rsidRPr="007361EA" w:rsidRDefault="004F0CB6" w:rsidP="00923F96">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сидорова Лариса </w:t>
+            </w:r>
+            <w:r w:rsidR="00B25E63" w:rsidRPr="00B25E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Геннадьевна, специалист по профориентации Пермского центра отдыха и туризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB5652" w:rsidRPr="007361EA" w14:paraId="4B7A064B" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BAC664" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5659BB79" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фотография на память</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="5F892C00" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="23505652" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk213776950"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40-12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0C50EB" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «ИНФО-ЭКСКУРС» от молодых педагогов:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="183C2EDB" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C69D3AB" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EA0E86" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="008707B6" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="367"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Моя любимая Лысьва»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Гомзина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Альбина Александровна,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"> учитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4859" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> начальных классов</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Кондратовская средняя школа «Патриот», Пермский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="6FED3CC2" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="57DE4AEB" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ECFE87" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="008707B6" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="367"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Верещагино - западные ворота Урала»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Карнаухова Елена Сергеевна, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Пегушина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ольга Константиновна</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC654E" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, воспитатели МБОУ «ВОК» СП Детский сад № 2, Верещагинский муниципальный округ Пермского края</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC654E" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00FC654E" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="4740A094" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B40D5C2" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01557A47" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="367"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Город на перекрестке двух миров»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00101E4D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Гуляева Анастасия Михайловна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>учитель-логопед МАДОУ «Детский сад «Созвездие», Чусовской муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="01B0E6A5" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="155D1CBF" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30247533" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="367"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Сельскохозяйственный край: 5 фактов о малой Родине»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00101E4D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Казакова Анжелика Алексеевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, учитель МБОУ С(К)ОШИ г. Нытвы, Нытвенский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="483E5C87" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8CF57F" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB2F3C4" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="367"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Промышленные бренды Лысьвы»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ярыгина Анна Ивановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4859" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">химии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ «Лицей «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ВЕКТОРиЯ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>», Лысьвенский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="0532D3B5" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7074F9" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44442456" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="367"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Н.Г. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кинев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - прозаик, поэт, журналист»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Булатова Анна Сергеевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4859" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русского языка и литературы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МБОУ «Кишертская СОШ имени Л.П. Дробышевского», Кишертский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="6741B01B" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="09F07FC7" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A62B188" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="008707B6">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="322"/>
+                <w:tab w:val="left" w:pos="464"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Чайковский – имя, известное миру. Образовательный туризм в Чайковском городском округе»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Пушковских</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ксения Андреевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, учитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00930D9E" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">истории и обществознания </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МБОУ СОШ № 11, Чайковский городской округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB5652" w:rsidRPr="006F4118" w14:paraId="20457370" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="442"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0DE5C1" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00CF34DB" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A936D1" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5634172C" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFC9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2769C8B4" w14:textId="77777777" w:rsidR="00A936D1" w:rsidRPr="007361EA" w:rsidRDefault="00A936D1" w:rsidP="00846142">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Викторина «Знаем и любим наш Пермский край»</w:t>
+            </w:r>
+            <w:r w:rsidR="00846142" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лубов Павел Сергеевич</w:t>
+            </w:r>
+            <w:r w:rsidR="00101E4D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учитель</w:t>
+            </w:r>
+            <w:r w:rsidR="007171D3" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> истории </w:t>
+            </w:r>
+            <w:r w:rsidR="00101E4D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и обществознания МАОУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «СОШ №42» города Перми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF34DB" w:rsidRPr="006F4118" w14:paraId="3E6F26AA" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="236A658F" w14:textId="77777777" w:rsidR="00CF34DB" w:rsidRPr="007361EA" w:rsidRDefault="00CF34DB" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C6D892" w14:textId="77777777" w:rsidR="00CF34DB" w:rsidRPr="007361EA" w:rsidRDefault="00CF34DB" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кофе-пауза</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «без галстуков»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, обмен впечатлениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="4FF4F0F1" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="336"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="492B287D" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BD305C" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Мастер-классы от педагогов-наставников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="7AB4770A" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="02CC3E3F" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707CB18E" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="398"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Топонимические тайны улиц родного города»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00101E4D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Костюнина Наталья Евгеньевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, заместитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00930D9E" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заведующего по ВМР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МАДОУ «Детский сад «Созвездие», Чусовской муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="79D1D950" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7847C579" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="746FA31F" w14:textId="49397A43" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="398"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Граница «Европа</w:t>
+            </w:r>
+            <w:r w:rsidR="0043370D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Азия» </w:t>
+            </w:r>
+            <w:r w:rsidR="0043370D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бренд Пермского края»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00101E4D" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Малыгина Ольга Владимировна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4859" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">географии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МБОУ СОШ №11, Чайковский городской округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="595CA32C" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="028AD86A" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="239D01D9" w14:textId="3D144863" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00FC654E" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="398"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Деревья Пермского края»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рачёва Татьяна Вячеславовна, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист МБОУ «ВОК» СП Детский сад </w:t>
+            </w:r>
+            <w:r w:rsidR="0043370D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 2, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Шистерова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Елена Михайловна</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, воспитатель МБОУ «ВОК» СП Детский сад № 2, Верещагинский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="4E55D017" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="51ECA873" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0718F8" w14:textId="77F428A9" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="004C1F58" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="398"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Ойконимы, гидронимы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оронимы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> села Усть-Кишерть»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Черныш Елена Сергеевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, учитель</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00930D9E" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русского языка и литературы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МБОУ «Кишертская СОШ имени </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Л.П.Дробышевского</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>», Кишертский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="69D9E5CF" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1CCEB5" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6532D31D" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="004C1F58" w:rsidP="00101E4D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="398"/>
+              </w:tabs>
+              <w:ind w:left="181" w:right="134" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Молочные реки, сырные берега»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Романкевич</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ирина Витальевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4859" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">истории </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МБОУ С(К)ОШИ г. Нытвы, Нытвенский муниципальный округ Пермского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00101E4D" w:rsidRPr="006F4118" w14:paraId="66DD7C22" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="67523414" w14:textId="77777777" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00101E4D" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A4C319" w14:textId="1E67B012" w:rsidR="00101E4D" w:rsidRPr="007361EA" w:rsidRDefault="00923F96" w:rsidP="004C1F58">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Город Пермь: прошлое и настоящее»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D27983" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008707B6" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Теплоухова Ольга Борисовна</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, учитель начальных классов</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F58" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ «Средняя общеобразовательная школа №47», Пермский городской округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00DB5652" w:rsidRPr="007361EA" w14:paraId="410BDC43" w14:textId="77777777" w:rsidTr="0043370D">
+        <w:trPr>
+          <w:trHeight w:val="337"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F00D53" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00DB5652" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF34DB" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00A936D1" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A936D1" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC44D0" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A936D1" w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693C1559" w14:textId="77777777" w:rsidR="00DB5652" w:rsidRPr="007361EA" w:rsidRDefault="00CF34DB" w:rsidP="00DC44D0">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:ind w:left="181" w:right="134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рефлексия дня. Открытый микрофон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3273C7F9" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="008E5AFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af7"/>
-        <w:tblW w:w="11199" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10631" w:type="dxa"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="782"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1963"/>
+        <w:gridCol w:w="2372"/>
+        <w:gridCol w:w="1902"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00710E0D" w14:paraId="7C4EF732" w14:textId="77777777" w:rsidTr="00101E4D">
+      <w:tr w:rsidR="008E5AFC" w:rsidRPr="00923F96" w14:paraId="2C99020F" w14:textId="77777777" w:rsidTr="008E5AFC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="10631" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72800C2F" w14:textId="77777777" w:rsidR="00710E0D" w:rsidRDefault="00710E0D" w:rsidP="00710E0D">
+          <w:p w14:paraId="33645EE3" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00985BED" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007361EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Партнеры мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5AFC" w:rsidRPr="00923F96" w14:paraId="74CFCC7D" w14:textId="77777777" w:rsidTr="002A05FA">
+        <w:trPr>
+          <w:trHeight w:val="1890"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04F0B9E4" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00923F96" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:ind w:left="-107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22181B66" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00923F96" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00985BED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B9F75CC" wp14:editId="7F76C50C">
-                  <wp:extent cx="359423" cy="609096"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62E4D5F6" wp14:editId="7FF136A0">
+                  <wp:extent cx="742201" cy="768138"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="617340152" name="Рисунок 1"/>
+                  <wp:docPr id="368190159" name="Picture 2" descr="Picture background">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6FE6FA2-36BE-32D6-73F0-A19857CE7CFF}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPr id="1026" name="Picture 2" descr="Picture background">
+                            <a:extLst>
+                              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6FE6FA2-36BE-32D6-73F0-A19857CE7CFF}"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId6" cstate="print">
+                          <a:blip r:embed="rId9" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect l="26618" r="34043"/>
+                          <a:srcRect l="29651" t="21902" r="27010" b="16016"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="359721" cy="609600"/>
+                            <a:ext cx="746156" cy="772231"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11DFDB0B" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53E2F74F" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63C9866B" wp14:editId="45369F19">
+                  <wp:extent cx="993634" cy="709170"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\user\Desktop\Downloads\Telegram Desktop\ПКИМЦ Глобус.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\user\Desktop\Downloads\Telegram Desktop\ПКИМЦ Глобус.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId10" cstate="print"/>
+                          <a:srcRect l="14685" t="23886" r="14621" b="25658"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1006797" cy="718565"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E895EFD" w14:textId="77777777" w:rsidR="00710E0D" w:rsidRDefault="00710E0D" w:rsidP="00710E0D">
+          <w:p w14:paraId="45366206" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
             <w:pPr>
-              <w:ind w:left="-71" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="070DE52F" w14:textId="77777777" w:rsidR="00710E0D" w:rsidRDefault="00710E0D" w:rsidP="00710E0D">
+          <w:p w14:paraId="525B4F3A" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
             <w:pPr>
-              <w:ind w:left="-71" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E23838">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A724CD2" wp14:editId="5DF9BBED">
-                  <wp:extent cx="829310" cy="494030"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B824EF5" wp14:editId="311BF4C8">
+                  <wp:extent cx="688834" cy="688834"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="660786575" name="Рисунок 2"/>
+                  <wp:docPr id="6" name="Рисунок 3" descr="Отзывы о «Пермский краевой центр Муравейник», Пермь, улица ..."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="Отзывы о «Пермский краевой центр Муравейник», Пермь, улица ..."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
-[...5 lines deleted...]
-                          </a:blip>
+                          <a:blip r:embed="rId11" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="829310" cy="494030"/>
-[...4210 lines deleted...]
-                            <a:ext cx="938028" cy="700178"/>
+                            <a:ext cx="697525" cy="697525"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                </wp:anchor>
+                </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="078EA5D7" w14:textId="5DF444AB" w:rsidR="00923F96" w:rsidRPr="00923F96" w:rsidRDefault="00923F96" w:rsidP="008D6955">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13FB561D" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:noProof/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00923F96">
-[...3 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w14:paraId="2C235B8C" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="637BC87F" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00C919C4" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A750C44" wp14:editId="07645743">
-                  <wp:extent cx="658495" cy="579120"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188A6617" wp14:editId="107B3422">
+                  <wp:extent cx="1161799" cy="685114"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1497569021" name="Рисунок 6"/>
+                  <wp:docPr id="7" name="Рисунок 7" descr="Логотип Пермский центр отдыха и туризма"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 8"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="Логотип Пермский центр отдыха и туризма"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
-[...5 lines deleted...]
-                          </a:blip>
+                          <a:blip r:embed="rId12" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="662321" cy="582485"/>
+                            <a:ext cx="1173948" cy="692278"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidR="001E66BE">
-[...69 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4858" w:type="dxa"/>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="067CE99F" w14:textId="77777777" w:rsidR="00923F96" w:rsidRPr="00923F96" w:rsidRDefault="00923F96" w:rsidP="001E66BE">
+          <w:p w14:paraId="1EC7AAA6" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00985BED" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CEA551B" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00923F96" w:rsidRDefault="008E5AFC" w:rsidP="002A05FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923F96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BF64D51" wp14:editId="5300EAF3">
-                  <wp:extent cx="471589" cy="754542"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="618BC388" wp14:editId="49D927AD">
+                  <wp:extent cx="524863" cy="839782"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="10" name="Рисунок 2"/>
+                  <wp:docPr id="5" name="Рисунок 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="478703" cy="765925"/>
+                            <a:ext cx="536475" cy="858361"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CBEB7D7" w14:textId="77777777" w:rsidR="00CA0CB0" w:rsidRPr="00923F96" w:rsidRDefault="00CA0CB0" w:rsidP="00923F96">
+    <w:p w14:paraId="588A8E14" w14:textId="77777777" w:rsidR="008E5AFC" w:rsidRPr="00923F96" w:rsidRDefault="008E5AFC" w:rsidP="008E5AFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CA0CB0" w:rsidRPr="00923F96" w:rsidSect="00381352">
+    <w:sectPr w:rsidR="008E5AFC" w:rsidRPr="00923F96" w:rsidSect="008E5AFC">
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="680" w:right="420" w:bottom="280" w:left="340" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="420" w:bottom="0" w:left="340" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4F4FC327" w14:textId="77777777" w:rsidR="005653CD" w:rsidRDefault="005653CD" w:rsidP="00C919C4">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5EC94D27" w14:textId="77777777" w:rsidR="005653CD" w:rsidRDefault="005653CD" w:rsidP="00C919C4">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4682,74 +4574,93 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2E8ACE51" w14:textId="77777777" w:rsidR="005653CD" w:rsidRDefault="005653CD" w:rsidP="00C919C4">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5CA5CD96" w14:textId="77777777" w:rsidR="005653CD" w:rsidRDefault="005653CD" w:rsidP="00C919C4">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:11.55pt;height:11.55pt" o:bullet="t">
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:11.55pt;height:11.55pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="mso7FFC"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1040254D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="185A9AF0"/>
     <w:lvl w:ilvl="0" w:tplc="86B083EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5521,205 +5432,241 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5221" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5941" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6661" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="106394977">
+  <w:num w:numId="1" w16cid:durableId="28536132">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1112558315">
+  <w:num w:numId="2" w16cid:durableId="1726173279">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1205561501">
+  <w:num w:numId="3" w16cid:durableId="1313869994">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="313535901">
+  <w:num w:numId="4" w16cid:durableId="1723871653">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2137093566">
+  <w:num w:numId="5" w16cid:durableId="716973295">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1420832145">
+  <w:num w:numId="6" w16cid:durableId="1628974837">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="611666362">
+  <w:num w:numId="7" w16cid:durableId="1879774060">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1524514453">
+  <w:num w:numId="8" w16cid:durableId="2088845494">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="84"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00786934"/>
     <w:rsid w:val="000029D8"/>
     <w:rsid w:val="000236EE"/>
-    <w:rsid w:val="00042F54"/>
     <w:rsid w:val="00054AF6"/>
     <w:rsid w:val="000808D5"/>
     <w:rsid w:val="000A0949"/>
     <w:rsid w:val="000B4215"/>
     <w:rsid w:val="000B4960"/>
     <w:rsid w:val="000E2A48"/>
     <w:rsid w:val="00101E4D"/>
+    <w:rsid w:val="001167B9"/>
     <w:rsid w:val="001876A3"/>
     <w:rsid w:val="001B378D"/>
     <w:rsid w:val="001E66BE"/>
     <w:rsid w:val="002233E6"/>
     <w:rsid w:val="002A7581"/>
+    <w:rsid w:val="002D1E97"/>
     <w:rsid w:val="002E04A8"/>
+    <w:rsid w:val="003051B1"/>
     <w:rsid w:val="00314212"/>
     <w:rsid w:val="003357F8"/>
     <w:rsid w:val="003524B0"/>
     <w:rsid w:val="00381352"/>
+    <w:rsid w:val="003B146E"/>
     <w:rsid w:val="003B519F"/>
+    <w:rsid w:val="003B641F"/>
     <w:rsid w:val="003F32CD"/>
     <w:rsid w:val="00414144"/>
-    <w:rsid w:val="00443C3D"/>
+    <w:rsid w:val="0043370D"/>
     <w:rsid w:val="00463B2C"/>
     <w:rsid w:val="0049389D"/>
+    <w:rsid w:val="00493E1A"/>
     <w:rsid w:val="004C1F58"/>
+    <w:rsid w:val="004F0CB6"/>
     <w:rsid w:val="005231DE"/>
+    <w:rsid w:val="005320AA"/>
+    <w:rsid w:val="00532A2E"/>
     <w:rsid w:val="00551E7D"/>
+    <w:rsid w:val="005653CD"/>
     <w:rsid w:val="0059131D"/>
+    <w:rsid w:val="00596589"/>
     <w:rsid w:val="005C60F2"/>
     <w:rsid w:val="005E6A58"/>
     <w:rsid w:val="005F5E1D"/>
+    <w:rsid w:val="00601304"/>
     <w:rsid w:val="006571D0"/>
     <w:rsid w:val="00667603"/>
     <w:rsid w:val="00671C2C"/>
     <w:rsid w:val="006950C7"/>
     <w:rsid w:val="006C4F13"/>
+    <w:rsid w:val="006E37B4"/>
+    <w:rsid w:val="006F4118"/>
     <w:rsid w:val="00710E0D"/>
     <w:rsid w:val="007133F8"/>
     <w:rsid w:val="007171D3"/>
+    <w:rsid w:val="007361EA"/>
+    <w:rsid w:val="007531E9"/>
+    <w:rsid w:val="0078376B"/>
     <w:rsid w:val="00786934"/>
     <w:rsid w:val="007D1FC3"/>
     <w:rsid w:val="007E344F"/>
     <w:rsid w:val="008103C1"/>
     <w:rsid w:val="008328F1"/>
     <w:rsid w:val="00846142"/>
     <w:rsid w:val="00850C54"/>
     <w:rsid w:val="008707B6"/>
     <w:rsid w:val="008A7D39"/>
     <w:rsid w:val="008D6955"/>
+    <w:rsid w:val="008E5AFC"/>
     <w:rsid w:val="00923F96"/>
     <w:rsid w:val="00930D9E"/>
+    <w:rsid w:val="0094193F"/>
+    <w:rsid w:val="00985BED"/>
+    <w:rsid w:val="009B498F"/>
     <w:rsid w:val="009E4B99"/>
     <w:rsid w:val="009F41EA"/>
     <w:rsid w:val="009F5D59"/>
     <w:rsid w:val="00A12CF4"/>
+    <w:rsid w:val="00A51DAD"/>
     <w:rsid w:val="00A936D1"/>
     <w:rsid w:val="00AE1B35"/>
+    <w:rsid w:val="00B25E63"/>
     <w:rsid w:val="00B64441"/>
     <w:rsid w:val="00B91F0A"/>
+    <w:rsid w:val="00BA13E4"/>
+    <w:rsid w:val="00BA2B4F"/>
     <w:rsid w:val="00BB4859"/>
+    <w:rsid w:val="00C02E55"/>
     <w:rsid w:val="00C40C3C"/>
+    <w:rsid w:val="00C919C4"/>
     <w:rsid w:val="00CA0CB0"/>
     <w:rsid w:val="00CF34DB"/>
     <w:rsid w:val="00D26A54"/>
     <w:rsid w:val="00D27983"/>
+    <w:rsid w:val="00D3607F"/>
     <w:rsid w:val="00D44279"/>
     <w:rsid w:val="00DB5652"/>
     <w:rsid w:val="00DC44D0"/>
     <w:rsid w:val="00DD10C4"/>
     <w:rsid w:val="00E10D14"/>
     <w:rsid w:val="00E11D83"/>
     <w:rsid w:val="00E17319"/>
+    <w:rsid w:val="00E23838"/>
     <w:rsid w:val="00E64D04"/>
     <w:rsid w:val="00E95A1B"/>
     <w:rsid w:val="00EC6F18"/>
     <w:rsid w:val="00F147CF"/>
     <w:rsid w:val="00FB3617"/>
     <w:rsid w:val="00FC654E"/>
     <w:rsid w:val="00FC6C32"/>
     <w:rsid w:val="00FE4E4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="28D3AF7F"/>
-  <w15:docId w15:val="{1D50272E-60B6-4E87-87F8-803E6542208B}"/>
+  <w14:docId w14:val="4F4CDD7D"/>
+  <w15:docId w15:val="{AD9DBC9B-D835-4045-BB49-07970934EBAC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6762,50 +6709,115 @@
     <w:link w:val="af5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E2A48"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00710E0D"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C919C4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C919C4"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="afb"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C919C4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afb">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="afa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C919C4"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afc">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E5AFC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1107696640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="656348522">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -8233,51 +8245,51 @@
               </w:divBdr>
             </w:div>
             <w:div w:id="536311862">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8532,87 +8544,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5190B59-E919-4C29-BAAC-5D51787A59F3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B80637AC-451E-4861-B99B-62B298AEF415}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3520</Characters>
+  <Pages>2</Pages>
+  <Words>564</Words>
+  <Characters>3217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4129</CharactersWithSpaces>
+  <CharactersWithSpaces>3774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Инга</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-12-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 21 для Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">