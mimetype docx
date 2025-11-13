--- v0 (2025-10-18)
+++ v1 (2025-11-13)
@@ -1124,51 +1124,51 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB6B85">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00784413" w:rsidRPr="00D07805" w:rsidRDefault="00784413" w:rsidP="00784413">
+          <w:p w:rsidR="00F44534" w:rsidRPr="0081779F" w:rsidRDefault="00784413" w:rsidP="00784413">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:color w:val="060607"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D07805">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Лазарев Михаил Львович, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D07805">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>врач-педиатр, кандидат психологических наук (РАО), доктор медицинских наук и профессор (МАНИ), действительный член АПСН (Академия педагогических и социальных наук). Автор метода музыкального развития плода «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D07805">
@@ -1200,100 +1200,91 @@
               <w:rPr>
                 <w:color w:val="060607"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">сновоположник </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D07805">
               <w:rPr>
                 <w:color w:val="060607"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>пренатального</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D07805">
               <w:rPr>
                 <w:color w:val="060607"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> (дородового) воспитания в России.</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07805" w:rsidRPr="00AB6B85" w:rsidTr="00C759A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F44534" w:rsidRPr="007D1025" w:rsidRDefault="00A94C67" w:rsidP="007D1025">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Актуальный вектор логопедической помощи: </w:t>
+              <w:t xml:space="preserve">«Актуальный вектор логопедической помощи: ранняя диагностика и развитие </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ранняя диагностика и развитие ребенка с ОВЗ</w:t>
+              <w:t>ребенка с ОВЗ</w:t>
             </w:r>
             <w:r w:rsidR="00F44534">
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F44534" w:rsidRPr="00AB6B85" w:rsidRDefault="00D07805">
             <w:pPr>
@@ -1327,60 +1318,60 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F44534" w:rsidRPr="00AB6B85" w:rsidRDefault="00D07805" w:rsidP="00D07805">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жукова Олеся Станиславовна, </w:t>
+              <w:t xml:space="preserve">Жукова Олеся Станиславовна, практикующий </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">практикующий логопед высшей категории, ведущий автор развивающей детской </w:t>
+              <w:t xml:space="preserve">логопед высшей категории, ведущий автор развивающей детской </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>дитературы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>, специалист по детскому развитию, директор Центра «Логопед-Профи».</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07805" w:rsidRPr="00AB6B85" w:rsidTr="00C759A7">
         <w:tc>
           <w:tcPr>
@@ -2235,61 +2226,88 @@
           <w:p w:rsidR="00C20D62" w:rsidRPr="00637941" w:rsidRDefault="00637941" w:rsidP="004A1EAD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Уколова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Наталья Николаевна, заместитель заведующего </w:t>
+              <w:t xml:space="preserve"> Наталья Николаевна, заместитель зав</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15DE9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едующего МАДОУ "Детский </w:t>
+            </w:r>
+            <w:r w:rsidR="00C15DE9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сад № 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15DE9" w:rsidRPr="00937163">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">МАДОУ "Детский сад № 499 "Олимпиец" </w:t>
+              <w:t xml:space="preserve">9 "Олимпиец" </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>. Челябинска</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
@@ -2407,249 +2425,123 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">, педагог-психолог МАДОУ «АКАДЕМИКА» </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>. Пермь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRDefault="006021EC" w:rsidP="00E3273A">
-[...105 lines deleted...]
-          <w:p w:rsidR="00637941" w:rsidRPr="00637941" w:rsidRDefault="00E3273A" w:rsidP="00637941">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00637941" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...6 lines deleted...]
-              <w:t>Организация системы психолого-педагогического сопровождения группы кратко</w:t>
+              <w:t>«Организация системы психолого-педагогического сопровождения группы кратко</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00637941" w:rsidRPr="00637941">
+            <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">срочного пребывания </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00CF522F" w:rsidRDefault="00637941" w:rsidP="00637941">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00CF522F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>«ВМЕСТЕ С МАМОЙ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRDefault="008C48D2" w:rsidP="00E3273A">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00F66864" w:rsidRDefault="0081779F" w:rsidP="00E3273A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>00</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0081779F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>13.40 – 13.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00637941" w:rsidRDefault="00637941" w:rsidP="00E3273A">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00637941" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Альборова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Надежда Андреевна, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -2662,130 +2554,130 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Четверикова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Наталья Алексеевна, учитель-дефектолог МАДОУ «ГАРДАРИКА» г.</w:t>
             </w:r>
-            <w:r w:rsidR="00144458">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00637941">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Перми</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00CF522F" w:rsidRDefault="00E3273A" w:rsidP="00637941">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00CF522F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00144458" w:rsidRPr="00144458">
+            <w:r w:rsidRPr="00144458">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Модель-психолого-педагогического</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00144458" w:rsidRPr="00144458">
+            <w:r w:rsidRPr="00144458">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> сопровождения детей младенческого возраста в условиях работы группы кратковременного пребывания»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRDefault="00144458" w:rsidP="00E3273A">
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="00E3273A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>14.00 – 14.10</w:t>
+              <w:t>13.50 – 14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00144458" w:rsidRDefault="00144458" w:rsidP="00144458">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00144458" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00144458">
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Бушмелева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00144458">
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2804,752 +2696,714 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00144458">
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Елена Ивановна, педагог-психолог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">МАДОУ «Центр развития ребенка – Детский </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>МАДОУ «Центр развития ребенка – Детский сад № 21» МО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Лысьвенский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городской округ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00144458">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование навыков самообслуживания (КГН) у детей младенческого возраста через организацию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00144458">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сад № 21» МО «</w:t>
-[...20 lines deleted...]
-      <w:tr w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+              <w:t>совместной с родителями игры-путешествия «Мы пришли в детский сад!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRDefault="00E3273A" w:rsidP="00144458">
-            <w:pPr>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="00E3273A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«</w:t>
-[...41 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>14.00 – 14.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRDefault="00144458" w:rsidP="00E3273A">
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Тимофеева </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Альфия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ханифовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">, воспитатель </w:t>
-[...6 lines deleted...]
-              <w:t>МАДОУ «Центр развития ребенка – Детский сад № 21» МО «</w:t>
+              <w:t>, воспитатель МАДОУ «Центр развития ребенка – Детский сад № 21» МО «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E3273A">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Лысьвенский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E3273A">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> городской округ»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>городской округ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidRDefault="00E3273A" w:rsidP="00144458">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Опыт работы группы кратковременного пребывания «Вместе с мамой»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="00E3273A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>14.10 – 14.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Гросич</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алина Андреевна, методист МАДОУ «Глобус» </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>. Перми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRPr="00041079" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00041079">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00144458">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00041079">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Моделирование развивающей образовательной среды в направлении амплификации детей младенческого возраста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00041079">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRDefault="00144458" w:rsidP="009B6310">
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>14.20 – 14.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00AB6B85" w:rsidRDefault="00144458" w:rsidP="004A1EAD">
-[...112 lines deleted...]
-          <w:p w:rsidR="00E3273A" w:rsidRPr="00041079" w:rsidRDefault="00041079" w:rsidP="0077639A">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00041079" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041079">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Хохлова Ирина Владимировна, старший воспитатель МАДОУ «Детский сад «Детский квартал», </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00041079">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Соликамский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00041079">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041079" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00041079" w:rsidRPr="00041079" w:rsidRDefault="00041079" w:rsidP="00144458">
+          <w:p w:rsidR="0081779F" w:rsidRPr="00041079" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>«Образовательное пространство в ГКП «Вместе с мамой»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00041079" w:rsidRDefault="00041079" w:rsidP="009B6310">
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t>14.30-14.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRPr="00041079" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Богданова Александра Сергеевна, Соловарова Анна Юрьевна, воспитатели МАДОУ «Детский сад «Галактика» </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>. Перми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>«Методические пособия по развитию сенсорных навыков для детей раннего возраста и рекомендации к их использов</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1C94">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>анию широкой педагогической общест</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>венностью»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="009B6310">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:t>14.40 – 14.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00041079" w:rsidRPr="00041079" w:rsidRDefault="00041079" w:rsidP="0077639A">
-[...27 lines deleted...]
-              <w:t>. Перми</w:t>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Петрасюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наталья Сергеевна, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Пермякова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Людмила Юрьевна, воспитатели МАДОУ «ЦРР детский сад № 417» г. Перми</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041079" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
+      <w:tr w:rsidR="0081779F" w:rsidRPr="00AB6B85" w:rsidTr="00142B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00041079" w:rsidRDefault="00041079" w:rsidP="00144458">
-[...23 lines deleted...]
-              <w:t>рекомендации к их использованию широкой педагогической ответственностью»</w:t>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="000D1C94">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Подведение итогов. Открытый микрофон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00041079" w:rsidRDefault="00041079" w:rsidP="009B6310">
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>14.50 – 15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00041079" w:rsidRDefault="00041079" w:rsidP="0077639A">
-[...99 lines deleted...]
-              <w:contextualSpacing/>
+          <w:p w:rsidR="0081779F" w:rsidRDefault="0081779F" w:rsidP="0077639A">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00142B28" w:rsidRPr="00AB6B85" w:rsidRDefault="00142B28" w:rsidP="004A1EAD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC5DA6" w:rsidRDefault="00AC5DA6" w:rsidP="004C0834">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC5DA6" w:rsidRDefault="00AC5DA6" w:rsidP="004C0834">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004C0834" w:rsidRPr="004C0834" w:rsidRDefault="007F0180" w:rsidP="004C0834">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Секция </w:t>
       </w:r>
       <w:r w:rsidR="004C0834" w:rsidRPr="003D6FD4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>«Ранний возраст: задачи, содержание, условия, результат»:</w:t>
       </w:r>
       <w:r w:rsidR="004C0834" w:rsidRPr="00E3273A">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00AC5DA6" w:rsidRPr="003A5A8B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>ht</w:t>
-[...7 lines deleted...]
-          <w:t>tp://b25295.vr.mirapolis.ru/mira/miravr/1844494792</w:t>
+          <w:t>http://b25295.vr.mirapolis.ru/mira/miravr/1844494792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AC5DA6">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5DA6" w:rsidRPr="00AC5DA6" w:rsidRDefault="00AC5DA6" w:rsidP="00AC5DA6">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -3720,53 +3574,53 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A15DF6">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Перетягина Арина Геннадьевна, </w:t>
       </w:r>
       <w:r w:rsidR="00A15DF6" w:rsidRPr="00E3273A">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>старший научный сотрудник ГАУ ДПО «Институт развития образования Пермского края»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3262"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3177"/>
+        <w:gridCol w:w="3245"/>
+        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="3257"/>
       </w:tblGrid>
       <w:tr w:rsidR="004C0834" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004C0834" w:rsidRPr="00AB6B85" w:rsidRDefault="004C0834" w:rsidP="004C0834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6B85">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Тема выступления</w:t>
             </w:r>
           </w:p>
@@ -4005,148 +3859,130 @@
       </w:tr>
       <w:tr w:rsidR="00C01EA2" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C01EA2" w:rsidRPr="007D1578" w:rsidRDefault="007D1578" w:rsidP="007D1578">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Мастер-класс </w:t>
             </w:r>
             <w:r w:rsidRPr="007D1578">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Сенсорные сказки» как средство развития детей раннего </w:t>
-            </w:r>
+              <w:t>«Сенсорные сказки» как средство развития детей раннего возраста</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01EA2" w:rsidRPr="007D1578">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C01EA2" w:rsidRDefault="007D1578" w:rsidP="00C01EA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>13.35 – 13.5</w:t>
+            </w:r>
+            <w:r w:rsidR="007E00D4">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C01EA2" w:rsidRPr="007D1578" w:rsidRDefault="007D1578" w:rsidP="00C01EA2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D1578">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...67 lines deleted...]
-              <w:t>воспитатель МАДОУ «Детский сад № 22» г. Перми</w:t>
+              <w:t>Лоншакова Татьяна Андреевна, педагог-психолог, Субботина Елена Алексеевна, воспитатель МАДОУ «Детский сад № 22» г. Перми</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRDefault="007D1578" w:rsidP="007D1578">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>«Использование игровых технологий в музыкальном развитии детей раннего возраста»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRDefault="007D1578" w:rsidP="00C01EA2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>13.55 – 14.05</w:t>
             </w:r>
@@ -4162,82 +3998,91 @@
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A15DF6">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Алексеева Оксана Александровна, музыкальный руководитель МАОУ «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A15DF6">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Фроловская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A15DF6">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> средняя школа «Навигатор», Структурное подразделение «Детский сад «Галактика»,</w:t>
+              <w:t xml:space="preserve"> средняя школа «Навигатор», Структурное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15DF6">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>подразделение «Детский сад «Галактика»,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Пермский МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A15DF6" w:rsidRPr="00830E1F" w:rsidRDefault="00A15DF6" w:rsidP="00A15DF6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00830E1F">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>ПДД для малышей.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007D1578" w:rsidRDefault="00A15DF6" w:rsidP="00A15DF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00830E1F">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -4575,134 +4420,117 @@
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>. Перми</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidRDefault="00606147" w:rsidP="00C01EA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Развитие предметной и </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">игровой деятельности, восприятия, памяти и мышления у ребенка раннего возраста» </w:t>
+              <w:t xml:space="preserve">«Развитие предметной и игровой деятельности, восприятия, памяти и мышления у ребенка раннего возраста» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidRDefault="00142891" w:rsidP="00C01EA2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>14.45 – 14.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00C1593F" w:rsidRDefault="00142891" w:rsidP="00C01EA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Бушуева </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Антонида</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00606147">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">Андреевна, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">воспитатель </w:t>
+              <w:t xml:space="preserve">Андреевна, воспитатель </w:t>
             </w:r>
             <w:r w:rsidR="00606147" w:rsidRPr="00A15DF6">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>МАОУ «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00606147" w:rsidRPr="00A15DF6">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Фроловская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00606147" w:rsidRPr="00A15DF6">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> средняя школа «Навигатор», Структурное подразделение «Детский сад «Галактика»,</w:t>
             </w:r>
             <w:r w:rsidR="00606147">
@@ -4710,146 +4538,177 @@
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Пермский МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00C1593F" w:rsidRDefault="00606147" w:rsidP="00C01EA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t xml:space="preserve">«Развиваем речь через театрализованную </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«Развиваем речь через театрализованную деятельность у детей 2-3 лет»</w:t>
+              <w:t>деятельность у детей 2-3 лет»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00C1593F" w:rsidRDefault="00606147" w:rsidP="00C01EA2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>14.55 – 15.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00C1593F" w:rsidRDefault="00606147" w:rsidP="00C01EA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Демина Ольга Павловна, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Зебзеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Наталия Романовна, учителя-логопеды частного дошкольного образовательного учреждения «Центр развития ребенка «</w:t>
+              <w:t xml:space="preserve"> Наталия Романовна, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>учителя-логопеды частного дошкольного образовательного учреждения «Ц</w:t>
+            </w:r>
+            <w:r w:rsidR="005947B4">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ентр развития ребенка «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Соликамс-бумпром</w:t>
+            <w:r w:rsidR="005947B4">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Соликамск</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>бумпром</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">» детский сад № 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D1578" w:rsidRPr="00AB6B85" w:rsidTr="00C01EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00C1593F" w:rsidRDefault="007F0180" w:rsidP="00C01EA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«Игры с деревянными ложками с детьми раннего возраста»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1578" w:rsidRPr="00C1593F" w:rsidRDefault="00606147" w:rsidP="00C01EA2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>15.05 – 15.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4900,99 +4759,83 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003C774D" w:rsidRDefault="003C774D" w:rsidP="007F0180">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5AC8" w:rsidRPr="00AB6B85" w:rsidRDefault="009C5AC8" w:rsidP="005424A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2C2D2E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005424A8" w:rsidRPr="00AB6B85" w:rsidRDefault="007F0180" w:rsidP="005424A8">
+    <w:p w:rsidR="009610C9" w:rsidRPr="00AB6B85" w:rsidRDefault="007F0180" w:rsidP="00647134">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>23 октября 2025</w:t>
       </w:r>
       <w:r w:rsidR="005424A8" w:rsidRPr="00AB6B85">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> г. </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="009B6310" w:rsidRDefault="007F0180" w:rsidP="006A2AE3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Секция</w:t>
       </w:r>
       <w:r w:rsidR="009610C9" w:rsidRPr="00AB6B85">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5017,76 +4860,76 @@
         </w:rPr>
         <w:t>Психолого-педагогическое сопровождение</w:t>
       </w:r>
       <w:r w:rsidR="009F5734" w:rsidRPr="00373D70">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="009F5734" w:rsidRPr="00373D70">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006A2AE3" w:rsidRPr="006A2AE3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1575" w:rsidRDefault="00EC1575" w:rsidP="006A2AE3">
+    <w:p w:rsidR="00EC1575" w:rsidRDefault="00490C8F" w:rsidP="006A2AE3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="003A5A8B">
+        <w:r w:rsidR="00EC1575" w:rsidRPr="003A5A8B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://b25295.vr.mirapolis.ru/mira/s/Zu3WIV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00EC1575">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0060306D" w:rsidRPr="0060306D" w:rsidRDefault="0060306D" w:rsidP="0060306D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E00D4">
         <w:rPr>
@@ -5380,267 +5223,250 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00C1593F" w:rsidRDefault="009A6A37" w:rsidP="00C64187">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C1593F">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00C64187" w:rsidRPr="000528C9">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Центр раннего </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C64187" w:rsidRPr="000528C9">
+              <w:t xml:space="preserve">Центр раннего развития </w:t>
+            </w:r>
+            <w:r w:rsidR="00C64187">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidR="00C64187">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C64187" w:rsidRPr="000528C9">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C64187" w:rsidRPr="000528C9">
+              <w:t xml:space="preserve">инновационная </w:t>
+            </w:r>
+            <w:r w:rsidR="00C64187" w:rsidRPr="008B6DD7">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">инновационная </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>модель педагогического сопровождения семьи</w:t>
             </w:r>
             <w:r w:rsidRPr="00C1593F">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2964" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00C1593F" w:rsidRDefault="009A6A37" w:rsidP="009A6A37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>11.00 – 11.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C1593F">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00C1593F" w:rsidRDefault="00C64187" w:rsidP="009A6A37">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">Васильева Татьяна </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Анатольевна, Сырых Татьяна Михайловна, учителя-логопеды, </w:t>
+              <w:t xml:space="preserve">Васильева Татьяна Анатольевна, Сырых Татьяна Михайловна, учителя-логопеды, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ольхова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Анна Владимировна, учитель-дефектолог  МАДОУ «Детский сад № 400» г. Перми </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6A37" w:rsidRPr="00C1593F" w:rsidTr="00712B70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00AB6B85" w:rsidRDefault="009A6A37" w:rsidP="00CC3932">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6B85">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:r w:rsidR="001D2D6D">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Использование методов сенсорной интеграции в адаптационный период с детьми </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="001D2D6D">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>раннего</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="001D2D6D">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001D2D6D">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>вораста</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00C1593F" w:rsidRDefault="009A6A37" w:rsidP="004A1EAD">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="3366CC"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2964" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00A34AB3" w:rsidRDefault="009A6A37" w:rsidP="00F92C59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A34AB3">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 11</w:t>
             </w:r>
             <w:r w:rsidRPr="00A34AB3">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5700,50 +5526,51 @@
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> детский сад «Мозаика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6A37" w:rsidRPr="00AB6B85" w:rsidTr="00712B70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00013C59" w:rsidRDefault="00013C59" w:rsidP="00AC2D42">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013C59">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«Использование метода сенсорной интеграции в работе педагога-психолога с детьми раннего возраста»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2964" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00AB6B85" w:rsidRDefault="009A6A37" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>11.20-11.30</w:t>
             </w:r>
           </w:p>
@@ -6114,51 +5941,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> детский сад «Солнечный город»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6A37" w:rsidRPr="00C1593F" w:rsidTr="00712B70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00EC1575" w:rsidRDefault="00EC1575" w:rsidP="009A6A37">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk209962902"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>«Ступени адаптации: индивидуализация педагогической поддержки детей 1,5–2 лет в адаптационный период</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00AB6B85" w:rsidRDefault="00013C59" w:rsidP="009A6A37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -6246,74 +6072,87 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6A37" w:rsidRPr="00AB6B85" w:rsidTr="00712B70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00EC1575" w:rsidRDefault="00EC1575" w:rsidP="009A6A37">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>"Создание "Островка Безопасности": Стратегии формирования надежной привязанности в раннем детстве в условиях ДОУ"</w:t>
+              <w:t xml:space="preserve">"Создание "Островка Безопасности": </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC1575">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Стратегии формирования надежной привязанности в раннем детстве в условиях ДОУ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2964" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRDefault="009A6A37" w:rsidP="009A6A37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12.10 – 12.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009A6A37" w:rsidRPr="00EC1575" w:rsidRDefault="00EC1575" w:rsidP="009A6A37">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Марагрян</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC1575">
@@ -6331,92 +6170,101 @@
               </w:rPr>
               <w:t>Рузанна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Маргаровна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>, педагог-психолог МАОУ «</w:t>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC1575">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>психолог МАОУ «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Фроловская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC1575">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> средняя школа «Навигатор» структурное подразделение, детский сад «Галактика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC1575" w:rsidRPr="00AB6B85" w:rsidTr="00712B70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00712B70" w:rsidRPr="00712B70" w:rsidRDefault="00712B70" w:rsidP="00712B70">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712B70">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«В детский сад за открытиями или как поддержать детскую любознательность»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1575" w:rsidRDefault="00EC1575" w:rsidP="009A6A37">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2964" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1575" w:rsidRDefault="00EC1575" w:rsidP="009A6A37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
@@ -6589,199 +6437,128 @@
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Соликамский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00851B95" w:rsidRPr="00AB6B85" w:rsidRDefault="00851B95" w:rsidP="004A1EAD">
-[...7 lines deleted...]
-    <w:p w:rsidR="002C5773" w:rsidRDefault="002C5773" w:rsidP="006A2AE3">
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="00647134">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="00647134">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE7D10" w:rsidRDefault="00CE7D10" w:rsidP="006A2AE3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE7D10" w:rsidRDefault="00CE7D10" w:rsidP="006A2AE3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE7D10" w:rsidRDefault="00CE7D10" w:rsidP="006A2AE3">
-[...73 lines deleted...]
-    </w:p>
     <w:p w:rsidR="004E79C4" w:rsidRDefault="004E79C4" w:rsidP="006A2AE3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6B85">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Секция </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB6B85">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006021EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="006021EC" w:rsidRPr="003D6FD4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ранний возраст: задачи, содержание, условия, результат</w:t>
@@ -7081,302 +6858,278 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6B85">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ФИО, должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E79C4" w:rsidRPr="00AB6B85" w:rsidTr="00771A62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E79C4" w:rsidRPr="00AB6B85" w:rsidRDefault="00D16914" w:rsidP="00D16914">
+          <w:p w:rsidR="004E79C4" w:rsidRPr="00AB6B85" w:rsidRDefault="00D16914" w:rsidP="005D015E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Мастер-класс </w:t>
             </w:r>
             <w:r w:rsidRPr="00D16914">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16914">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Хэппенинг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D16914">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>» как инновационная технология в работе с детьми раннего возраста</w:t>
+              <w:t>» как инновационная технология в работе с детьми раннего возраста»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79C4" w:rsidRPr="00AB6B85" w:rsidRDefault="006021EC" w:rsidP="00771A62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>13.15 – 13</w:t>
+            </w:r>
+            <w:r w:rsidR="004E79C4" w:rsidRPr="00AB6B85">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79C4" w:rsidRPr="00AB6B85" w:rsidRDefault="00D16914" w:rsidP="00D16914">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Ведерникова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Ольга</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Вячеславовна, воспитатель МАДОУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>«Детский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>сад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>«Театр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D16914">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на Звезде» </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D16914">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...174 lines deleted...]
-              </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D16914">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>. Перми</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidTr="00771A62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D16914" w:rsidRPr="00A86113" w:rsidRDefault="00C95C5D" w:rsidP="00A86113">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86113">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D16914" w:rsidRPr="00A86113">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Нейроигры</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00D16914" w:rsidRPr="00A86113">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> для малышей»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidRDefault="00C95C5D" w:rsidP="00D16914">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
@@ -7754,59 +7507,51 @@
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Головина Анастасия Павловна, старший воспитатель, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ясырева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Надежда Ивановна, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">музыкальный руководитель, </w:t>
+              <w:t xml:space="preserve"> Надежда Ивановна, музыкальный руководитель, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Дранишникова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Людмила Геннадьевна, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Надымова</w:t>
             </w:r>
@@ -7819,213 +7564,232 @@
               <w:t xml:space="preserve"> Елена Владимировна, воспитатели МАДОУ «Савинский детский сад «Мечтатели», Пермский МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidTr="00771A62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007926E7" w:rsidRPr="007926E7" w:rsidRDefault="00A86113" w:rsidP="007926E7">
             <w:pPr>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007926E7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="007926E7" w:rsidRPr="007926E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Мастер-класс для родителей и педагогов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C95C5D" w:rsidRPr="007926E7" w:rsidRDefault="007926E7" w:rsidP="007926E7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007926E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Первооткрыватели форм: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007926E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Фребель-лаборатория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007926E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007926E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>самых маленьких</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95C5D" w:rsidRPr="007926E7">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidRDefault="00A86113" w:rsidP="00771A62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14.05-14</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95C5D">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007926E7">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidRDefault="007926E7" w:rsidP="00771A62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Насретдинова Екатерина Сергеевна, старший воспитатель, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Жаркова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Виктория Дмитриевна, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>воспитатель МАДОУ «Центр развития ребенка – Детский сад № 47» г. Перми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidTr="00771A62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3223" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidRDefault="007926E7" w:rsidP="00771A62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00647134">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="007926E7" w:rsidRPr="007926E7">
-[...152 lines deleted...]
-            <w:r w:rsidR="0060306D">
+            <w:r w:rsidR="0060306D" w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Рассказывание стихов, сказок через сенсорную коробку</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C95C5D" w:rsidRPr="00AB6B85" w:rsidRDefault="007926E7" w:rsidP="00771A62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
@@ -8392,112 +8156,251 @@
               </w:rPr>
               <w:t>Шистерова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Марина Юрьевна, воспитатель </w:t>
             </w:r>
             <w:r w:rsidRPr="00013C59">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">МАОУ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00013C59">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Фроловска</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>я</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> средняя школа «Навигатор» С.П</w:t>
             </w:r>
             <w:r w:rsidRPr="00013C59">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>. детский сад «Галактика»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>, Пермский МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234D38" w:rsidRPr="00AB6B85" w:rsidTr="00771A62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3223" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00234D38" w:rsidRPr="005C3AFD" w:rsidRDefault="00D86FCF" w:rsidP="0060306D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C3AFD">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>«Театрализованная деятельность – залог успешной адаптации ребенка»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00234D38" w:rsidRPr="005C3AFD" w:rsidRDefault="00234D38" w:rsidP="00771A62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C3AFD">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>14.55 – 15.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00234D38" w:rsidRPr="005C3AFD" w:rsidRDefault="00D86FCF" w:rsidP="00C95C5D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C3AFD">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Зорина Ирина Ивановна, воспитатель МАДОУ «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C3AFD">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Гамовский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C3AFD">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> детский сад «Мозаика», Пермский МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004E79C4" w:rsidRPr="00AB6B85" w:rsidRDefault="004E79C4" w:rsidP="004E79C4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00851B95" w:rsidRDefault="00851B95" w:rsidP="004A1EAD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00841042" w:rsidRDefault="00841042" w:rsidP="004A1EAD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00841042" w:rsidRPr="00AB6B85" w:rsidRDefault="00841042" w:rsidP="004A1EAD">
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00841042" w:rsidRDefault="00841042" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647134" w:rsidRPr="00AB6B85" w:rsidRDefault="00647134" w:rsidP="004A1EAD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D049A9" w:rsidRDefault="00D049A9" w:rsidP="006A2AE3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00851B95" w:rsidRDefault="0060306D" w:rsidP="006A2AE3">
       <w:pPr>
@@ -8536,76 +8439,76 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Семья и детский сад – ориентир на результат</w:t>
       </w:r>
       <w:r w:rsidR="00851B95" w:rsidRPr="00AB6B85">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>».</w:t>
       </w:r>
       <w:r w:rsidR="00851B95" w:rsidRPr="00AB6B85">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00841042" w:rsidRDefault="00841042" w:rsidP="00841042">
+    <w:p w:rsidR="00841042" w:rsidRDefault="00490C8F" w:rsidP="00841042">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="003A5A8B">
+        <w:r w:rsidR="00841042" w:rsidRPr="003A5A8B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://b25295.vr.mirapolis.ru/mira/s/Zu3WIV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00841042">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00841042" w:rsidRPr="00841042" w:rsidRDefault="00841042" w:rsidP="00841042">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E00D4">
         <w:rPr>
@@ -8887,60 +8790,60 @@
             </w:pPr>
             <w:r w:rsidRPr="00AB6B85">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ФИО, должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidTr="005A7B87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00325E30" w:rsidRPr="00DE7C70" w:rsidRDefault="00CB5FB4" w:rsidP="00C74A5D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00C74A5D">
+            <w:r w:rsidR="00C74A5D" w:rsidRPr="00647134">
               <w:rPr>
                 <w:color w:val="2C2D2E"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Шаг навстречу: современные форматы просвещения и взаимодействия с родителями воспитанников раннего и младенческого возраста»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00C74A5D" w:rsidP="00771A62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
@@ -9095,189 +8998,198 @@
               </w:rPr>
               <w:t>Швецова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Татьяна Устиновна, Тихонова Людмила Игоревна, воспитатели частного дошкольного образовательного учреждения «Центр развития ребенка «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Соликамскбумпром</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">» </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Детский сад № 45, </w:t>
+              <w:t xml:space="preserve">» Детский сад № 45, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Соликамский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidTr="005A7B87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F1149A" w:rsidRPr="00F1149A" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="c12"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1149A">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t xml:space="preserve">«Прогулки выходного дня с детьми раннего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1149A">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«Прогулки выходного дня с детьми раннего возраста, как инновационная форма</w:t>
+              <w:t>возраста, как инновационная форма</w:t>
             </w:r>
             <w:r w:rsidRPr="00F1149A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F1149A">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>взаимодействия с родителями ДОУ по физическому воспитанию»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00325E30" w:rsidP="009A306C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00F1149A" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>15.20-15.3</w:t>
             </w:r>
             <w:r w:rsidR="00D049A9">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F1149A" w:rsidRPr="00F1149A" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="c12"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F1149A">
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Живага</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F1149A">
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ольга Валентиновна,  инструктор по физической культуре</w:t>
+              <w:t xml:space="preserve"> Ольга Валентиновна,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1149A">
+              <w:rPr>
+                <w:rStyle w:val="c0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>инструктор по физической культуре</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">, Карелина Мария Викторовна, воспитатель МАДОУ «Детский сад «Почемучка» </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="c0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
@@ -9289,50 +9201,51 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidTr="005A7B87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F1149A" w:rsidRPr="00F1149A" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1149A">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«Организация совместно – игрового взаимодействия с детьми и родителями в период адаптации к ДОУ в рамках семейного клуба «Растем вместе»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00325E30" w:rsidP="009A306C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00F1149A" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -9627,51 +9540,50 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00AB01F7" w:rsidP="009B6310">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>15.50-16.0</w:t>
             </w:r>
             <w:r w:rsidR="005B78D0">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00AB01F7" w:rsidP="00494E47">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -9680,226 +9592,196 @@
               </w:rPr>
               <w:t>Лисаневич</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ольга Николаевна, Чижова Марина Юрьевна, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="006476C7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Навражных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006476C7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Анастасия </w:t>
-[...7 lines deleted...]
-              <w:t>Валерьевна, воспитатели МАДОУ «Детский сад № 396» г. Перми</w:t>
+              <w:t xml:space="preserve"> Анастасия Валерьевна, воспитатели МАДОУ «Детский сад № 396» г. Перми</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidTr="005A7B87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006476C7" w:rsidRPr="006476C7" w:rsidRDefault="006476C7" w:rsidP="006476C7">
+          <w:p w:rsidR="006476C7" w:rsidRPr="00647134" w:rsidRDefault="006476C7" w:rsidP="006476C7">
             <w:pPr>
               <w:pStyle w:val="7"/>
               <w:spacing w:before="0"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:color w:val="0F1419"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:color w:val="0F1419"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006476C7">
+              <w:t xml:space="preserve">«Педагогическая гостиная для родителей и детей «Мы вместе!» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006476C7" w:rsidRPr="00647134" w:rsidRDefault="006476C7" w:rsidP="006476C7">
+            <w:pPr>
+              <w:pStyle w:val="7"/>
+              <w:spacing w:before="0"/>
+              <w:outlineLvl w:val="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:color w:val="0F1419"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагогическая гостиная для родителей и детей «Мы вместе!» </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="006476C7" w:rsidRPr="006476C7" w:rsidRDefault="006476C7" w:rsidP="006476C7">
+            </w:pPr>
+            <w:r w:rsidRPr="00647134">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:color w:val="0F1419"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">как одна из современных форм взаимодействия педагогов ДОО </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00325E30" w:rsidRPr="00647134" w:rsidRDefault="006476C7" w:rsidP="006476C7">
             <w:pPr>
               <w:pStyle w:val="7"/>
               <w:spacing w:before="0"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:color w:val="0F1419"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006476C7">
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:color w:val="0F1419"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">как одна из современных форм взаимодействия педагогов ДОО </w:t>
-[...36 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>с родителями и воспитанниками раннего возраста»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="00AB01F7" w:rsidP="00771A62">
+          <w:p w:rsidR="00325E30" w:rsidRPr="00647134" w:rsidRDefault="00AB01F7" w:rsidP="00771A62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>16.00 - 16.1</w:t>
             </w:r>
-            <w:r w:rsidR="00325E30" w:rsidRPr="00AB6B85">
+            <w:r w:rsidR="00325E30" w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00325E30" w:rsidRPr="00AB6B85" w:rsidRDefault="006476C7" w:rsidP="00771A62">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00325E30" w:rsidRPr="00647134" w:rsidRDefault="006476C7" w:rsidP="00771A62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Мальцева Татьяна Владимировна, учитель-логопед, Фокина Янина Дмитриевна, воспитатель, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Хабибулина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00647134">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Надежда Леонидовна, педагог-психолог МАДОУ «Детский сад № 73», МО «Город Березники»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4172" w:rsidRPr="00AB6B85" w:rsidTr="005A7B87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4172" w:rsidRDefault="006476C7" w:rsidP="00771A62">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -9960,65 +9842,122 @@
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006476C7" w:rsidRPr="006476C7" w:rsidRDefault="006476C7" w:rsidP="006476C7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006476C7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Моторина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006476C7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ольга Васильевна, старший воспитатель, </w:t>
             </w:r>
+            <w:r w:rsidR="00AD340C" w:rsidRPr="00AD340C">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Матвеева Светлана </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AD340C" w:rsidRPr="00AD340C">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Газинуровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AD340C" w:rsidRPr="00AD340C">
+              <w:rPr>
+                <w:color w:val="2C2D2E"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, старший воспитатель</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD340C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD340C" w:rsidRPr="00AD340C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006476C7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Зеленкина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006476C7">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Людмила Алексеевна, воспитатель МАДОУ «Центр развития ребенка – детский сад № 417», г. Пермь</w:t>
+              <w:t xml:space="preserve"> Людмила Алексеевна, воспитатель</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD340C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006476C7">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МАДОУ «Центр развития ребенка – детский сад № 417», г. Пермь</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006476C7" w:rsidRDefault="006476C7" w:rsidP="006476C7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4172" w:rsidRDefault="00DE4172" w:rsidP="006476C7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4172" w:rsidRPr="00AB6B85" w:rsidTr="005A7B87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
@@ -10909,365 +10848,388 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00767E82"/>
     <w:rsid w:val="0000123B"/>
     <w:rsid w:val="00013C59"/>
     <w:rsid w:val="00025C24"/>
     <w:rsid w:val="0002669C"/>
     <w:rsid w:val="0002770B"/>
     <w:rsid w:val="000277F8"/>
     <w:rsid w:val="00033687"/>
     <w:rsid w:val="00040449"/>
     <w:rsid w:val="00041079"/>
     <w:rsid w:val="00041D8D"/>
+    <w:rsid w:val="00042B70"/>
     <w:rsid w:val="00052861"/>
     <w:rsid w:val="00063B98"/>
     <w:rsid w:val="00075AEB"/>
     <w:rsid w:val="00086126"/>
     <w:rsid w:val="000865EB"/>
     <w:rsid w:val="00093C20"/>
     <w:rsid w:val="00096254"/>
     <w:rsid w:val="000A65E5"/>
     <w:rsid w:val="000B2FA2"/>
     <w:rsid w:val="000B4A0B"/>
     <w:rsid w:val="000B6F40"/>
+    <w:rsid w:val="000D1C94"/>
     <w:rsid w:val="000D3EC2"/>
     <w:rsid w:val="000E3F9D"/>
     <w:rsid w:val="000E6AFA"/>
     <w:rsid w:val="0010291E"/>
     <w:rsid w:val="00102A58"/>
     <w:rsid w:val="00105561"/>
     <w:rsid w:val="001101FF"/>
     <w:rsid w:val="0011203B"/>
     <w:rsid w:val="001143A1"/>
     <w:rsid w:val="00126EA7"/>
     <w:rsid w:val="00131384"/>
     <w:rsid w:val="00142891"/>
     <w:rsid w:val="00142B28"/>
     <w:rsid w:val="00144458"/>
     <w:rsid w:val="0014687B"/>
     <w:rsid w:val="001558E8"/>
     <w:rsid w:val="001813CF"/>
     <w:rsid w:val="00190C0F"/>
     <w:rsid w:val="00193622"/>
     <w:rsid w:val="0019427A"/>
     <w:rsid w:val="00197B70"/>
     <w:rsid w:val="001A0F84"/>
     <w:rsid w:val="001A6589"/>
     <w:rsid w:val="001B6044"/>
     <w:rsid w:val="001C66BB"/>
     <w:rsid w:val="001C7123"/>
     <w:rsid w:val="001D2259"/>
     <w:rsid w:val="001D2D6D"/>
     <w:rsid w:val="001F2904"/>
     <w:rsid w:val="001F6E4B"/>
     <w:rsid w:val="00205EB1"/>
     <w:rsid w:val="00212195"/>
     <w:rsid w:val="00215EA7"/>
     <w:rsid w:val="00221F92"/>
+    <w:rsid w:val="00234D38"/>
     <w:rsid w:val="00235931"/>
     <w:rsid w:val="0024397C"/>
     <w:rsid w:val="00261F0D"/>
     <w:rsid w:val="00262791"/>
     <w:rsid w:val="002633D8"/>
     <w:rsid w:val="00284A8A"/>
     <w:rsid w:val="002A5854"/>
     <w:rsid w:val="002C3FF0"/>
     <w:rsid w:val="002C5773"/>
     <w:rsid w:val="002E2D83"/>
     <w:rsid w:val="002F104C"/>
     <w:rsid w:val="002F7624"/>
     <w:rsid w:val="00300AD4"/>
     <w:rsid w:val="003038C4"/>
     <w:rsid w:val="003072EC"/>
     <w:rsid w:val="00311F9C"/>
     <w:rsid w:val="00323C3B"/>
     <w:rsid w:val="00324916"/>
     <w:rsid w:val="00325E30"/>
     <w:rsid w:val="00325F22"/>
     <w:rsid w:val="003300A3"/>
     <w:rsid w:val="0036269D"/>
     <w:rsid w:val="0036384C"/>
     <w:rsid w:val="0036420C"/>
     <w:rsid w:val="00373D70"/>
     <w:rsid w:val="0038207C"/>
     <w:rsid w:val="00384D83"/>
     <w:rsid w:val="003A17BB"/>
     <w:rsid w:val="003B1EEF"/>
     <w:rsid w:val="003C70F7"/>
     <w:rsid w:val="003C774D"/>
     <w:rsid w:val="003D2C62"/>
     <w:rsid w:val="003D6FD4"/>
     <w:rsid w:val="003D7E9C"/>
     <w:rsid w:val="003E42E7"/>
     <w:rsid w:val="003E7B9F"/>
     <w:rsid w:val="00400B52"/>
     <w:rsid w:val="00410149"/>
     <w:rsid w:val="00413A33"/>
     <w:rsid w:val="00416175"/>
     <w:rsid w:val="004405BF"/>
     <w:rsid w:val="004478BA"/>
     <w:rsid w:val="00457420"/>
     <w:rsid w:val="00470E0F"/>
     <w:rsid w:val="00481296"/>
     <w:rsid w:val="004816DA"/>
+    <w:rsid w:val="00490C8F"/>
     <w:rsid w:val="00494B15"/>
     <w:rsid w:val="00494E47"/>
     <w:rsid w:val="004A1EAD"/>
     <w:rsid w:val="004A61C3"/>
     <w:rsid w:val="004C0834"/>
     <w:rsid w:val="004D5EBA"/>
     <w:rsid w:val="004D74B4"/>
     <w:rsid w:val="004E79C4"/>
     <w:rsid w:val="004F1EA9"/>
     <w:rsid w:val="0051041E"/>
     <w:rsid w:val="00515D3E"/>
     <w:rsid w:val="00530D3F"/>
     <w:rsid w:val="00540F9D"/>
     <w:rsid w:val="005424A8"/>
     <w:rsid w:val="0054636E"/>
+    <w:rsid w:val="00554806"/>
     <w:rsid w:val="005942CF"/>
+    <w:rsid w:val="005947B4"/>
     <w:rsid w:val="005A7B87"/>
     <w:rsid w:val="005B4929"/>
     <w:rsid w:val="005B66C2"/>
     <w:rsid w:val="005B78D0"/>
+    <w:rsid w:val="005C3AFD"/>
+    <w:rsid w:val="005D015E"/>
     <w:rsid w:val="005F462C"/>
     <w:rsid w:val="006021EC"/>
     <w:rsid w:val="0060306D"/>
     <w:rsid w:val="00606147"/>
     <w:rsid w:val="00617865"/>
     <w:rsid w:val="00620224"/>
     <w:rsid w:val="00630FC3"/>
     <w:rsid w:val="00633869"/>
     <w:rsid w:val="00637941"/>
     <w:rsid w:val="006469B5"/>
+    <w:rsid w:val="00647134"/>
     <w:rsid w:val="006476C7"/>
     <w:rsid w:val="00674928"/>
     <w:rsid w:val="006831FA"/>
+    <w:rsid w:val="00685B30"/>
     <w:rsid w:val="006A2AE3"/>
     <w:rsid w:val="006B2E94"/>
     <w:rsid w:val="006D5990"/>
     <w:rsid w:val="006D7ABA"/>
     <w:rsid w:val="006F29B3"/>
     <w:rsid w:val="006F4D69"/>
     <w:rsid w:val="006F6BC1"/>
+    <w:rsid w:val="0070067F"/>
     <w:rsid w:val="00704DDD"/>
     <w:rsid w:val="00712B70"/>
     <w:rsid w:val="00717590"/>
     <w:rsid w:val="00721A50"/>
     <w:rsid w:val="007315B2"/>
     <w:rsid w:val="007504CF"/>
     <w:rsid w:val="00767E82"/>
     <w:rsid w:val="00771A62"/>
     <w:rsid w:val="007756D0"/>
     <w:rsid w:val="0077639A"/>
     <w:rsid w:val="00784413"/>
     <w:rsid w:val="007926E7"/>
     <w:rsid w:val="007A4475"/>
     <w:rsid w:val="007C032B"/>
     <w:rsid w:val="007D1025"/>
     <w:rsid w:val="007D1578"/>
     <w:rsid w:val="007D2CA4"/>
     <w:rsid w:val="007E00D4"/>
     <w:rsid w:val="007E4484"/>
     <w:rsid w:val="007E6EBB"/>
     <w:rsid w:val="007E737E"/>
     <w:rsid w:val="007F0180"/>
+    <w:rsid w:val="0081779F"/>
     <w:rsid w:val="00823F4E"/>
     <w:rsid w:val="008249F6"/>
     <w:rsid w:val="00830E1F"/>
     <w:rsid w:val="00840CDD"/>
     <w:rsid w:val="00841042"/>
     <w:rsid w:val="00851B95"/>
     <w:rsid w:val="00865CAA"/>
     <w:rsid w:val="00872554"/>
     <w:rsid w:val="00872F12"/>
     <w:rsid w:val="008838C5"/>
     <w:rsid w:val="00895DFB"/>
     <w:rsid w:val="00897555"/>
     <w:rsid w:val="008B3754"/>
     <w:rsid w:val="008B4F63"/>
     <w:rsid w:val="008C48D2"/>
     <w:rsid w:val="008D0A62"/>
     <w:rsid w:val="008D3DAE"/>
     <w:rsid w:val="008D4995"/>
     <w:rsid w:val="008E6BA7"/>
     <w:rsid w:val="008F4F92"/>
     <w:rsid w:val="008F650D"/>
     <w:rsid w:val="009001FF"/>
     <w:rsid w:val="009129CD"/>
     <w:rsid w:val="00930F1A"/>
     <w:rsid w:val="00933F34"/>
+    <w:rsid w:val="00937163"/>
     <w:rsid w:val="009610C9"/>
     <w:rsid w:val="00976A40"/>
     <w:rsid w:val="009833EE"/>
     <w:rsid w:val="0099244C"/>
     <w:rsid w:val="00992478"/>
     <w:rsid w:val="009A306C"/>
     <w:rsid w:val="009A6A37"/>
     <w:rsid w:val="009B6310"/>
     <w:rsid w:val="009C0F07"/>
     <w:rsid w:val="009C5AC8"/>
     <w:rsid w:val="009E305C"/>
     <w:rsid w:val="009F5734"/>
     <w:rsid w:val="00A02D9A"/>
     <w:rsid w:val="00A15DF6"/>
     <w:rsid w:val="00A17450"/>
     <w:rsid w:val="00A31E3D"/>
     <w:rsid w:val="00A34AB3"/>
     <w:rsid w:val="00A45217"/>
     <w:rsid w:val="00A51289"/>
     <w:rsid w:val="00A670CD"/>
     <w:rsid w:val="00A81C24"/>
     <w:rsid w:val="00A822D0"/>
     <w:rsid w:val="00A86113"/>
     <w:rsid w:val="00A94755"/>
     <w:rsid w:val="00A94C67"/>
     <w:rsid w:val="00A95F58"/>
     <w:rsid w:val="00AB01F7"/>
     <w:rsid w:val="00AB0AD1"/>
+    <w:rsid w:val="00AB1D5A"/>
     <w:rsid w:val="00AB6B85"/>
     <w:rsid w:val="00AC2D42"/>
     <w:rsid w:val="00AC5DA6"/>
+    <w:rsid w:val="00AD340C"/>
     <w:rsid w:val="00AD3E95"/>
     <w:rsid w:val="00AD475A"/>
     <w:rsid w:val="00AE3041"/>
     <w:rsid w:val="00AF0270"/>
     <w:rsid w:val="00B136AA"/>
     <w:rsid w:val="00B15394"/>
     <w:rsid w:val="00B31026"/>
     <w:rsid w:val="00B91058"/>
     <w:rsid w:val="00B97D29"/>
     <w:rsid w:val="00BB4F6A"/>
     <w:rsid w:val="00BC753A"/>
     <w:rsid w:val="00BE544D"/>
     <w:rsid w:val="00BE650D"/>
     <w:rsid w:val="00BF1A6E"/>
     <w:rsid w:val="00BF61AF"/>
     <w:rsid w:val="00C01EA2"/>
     <w:rsid w:val="00C051D7"/>
     <w:rsid w:val="00C1593F"/>
+    <w:rsid w:val="00C15DE9"/>
     <w:rsid w:val="00C20D62"/>
     <w:rsid w:val="00C24948"/>
     <w:rsid w:val="00C30FD7"/>
     <w:rsid w:val="00C4125D"/>
     <w:rsid w:val="00C43767"/>
     <w:rsid w:val="00C50EA6"/>
     <w:rsid w:val="00C51FBE"/>
     <w:rsid w:val="00C62774"/>
     <w:rsid w:val="00C64187"/>
     <w:rsid w:val="00C74A5D"/>
     <w:rsid w:val="00C759A7"/>
     <w:rsid w:val="00C779E4"/>
     <w:rsid w:val="00C922E6"/>
     <w:rsid w:val="00C92758"/>
     <w:rsid w:val="00C95C5D"/>
     <w:rsid w:val="00C95DBA"/>
     <w:rsid w:val="00CA0119"/>
     <w:rsid w:val="00CA34E1"/>
+    <w:rsid w:val="00CA3E46"/>
     <w:rsid w:val="00CA5DA8"/>
     <w:rsid w:val="00CB0D24"/>
     <w:rsid w:val="00CB1649"/>
     <w:rsid w:val="00CB5FB4"/>
     <w:rsid w:val="00CC3932"/>
+    <w:rsid w:val="00CC3C14"/>
     <w:rsid w:val="00CD3C47"/>
     <w:rsid w:val="00CE06F3"/>
     <w:rsid w:val="00CE30D0"/>
     <w:rsid w:val="00CE7D10"/>
     <w:rsid w:val="00CF35D6"/>
     <w:rsid w:val="00CF522F"/>
     <w:rsid w:val="00D002DC"/>
     <w:rsid w:val="00D049A9"/>
     <w:rsid w:val="00D07805"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D25D02"/>
     <w:rsid w:val="00D30450"/>
     <w:rsid w:val="00D4418A"/>
     <w:rsid w:val="00D635FD"/>
     <w:rsid w:val="00D65720"/>
     <w:rsid w:val="00D81A16"/>
     <w:rsid w:val="00D82E4E"/>
+    <w:rsid w:val="00D86FCF"/>
     <w:rsid w:val="00D953E5"/>
     <w:rsid w:val="00D9760E"/>
     <w:rsid w:val="00DA4323"/>
     <w:rsid w:val="00DA7498"/>
     <w:rsid w:val="00DB5CCF"/>
     <w:rsid w:val="00DC5024"/>
     <w:rsid w:val="00DD2C3E"/>
     <w:rsid w:val="00DE021B"/>
     <w:rsid w:val="00DE07CA"/>
     <w:rsid w:val="00DE4172"/>
     <w:rsid w:val="00DE7C70"/>
     <w:rsid w:val="00DF2552"/>
     <w:rsid w:val="00DF38F8"/>
     <w:rsid w:val="00DF4D03"/>
     <w:rsid w:val="00DF4D0D"/>
     <w:rsid w:val="00DF4E21"/>
     <w:rsid w:val="00DF6CC8"/>
     <w:rsid w:val="00E0384E"/>
     <w:rsid w:val="00E17A5D"/>
     <w:rsid w:val="00E17E12"/>
     <w:rsid w:val="00E2518C"/>
     <w:rsid w:val="00E3273A"/>
     <w:rsid w:val="00E5199C"/>
     <w:rsid w:val="00E56945"/>
+    <w:rsid w:val="00E70BCE"/>
     <w:rsid w:val="00E7178F"/>
     <w:rsid w:val="00E81A9C"/>
     <w:rsid w:val="00E839CB"/>
     <w:rsid w:val="00E9441F"/>
     <w:rsid w:val="00EA4739"/>
     <w:rsid w:val="00EB0C56"/>
     <w:rsid w:val="00EC1575"/>
     <w:rsid w:val="00EC3AAD"/>
     <w:rsid w:val="00EC41D7"/>
     <w:rsid w:val="00EE0804"/>
     <w:rsid w:val="00F01C88"/>
     <w:rsid w:val="00F06E18"/>
     <w:rsid w:val="00F1149A"/>
     <w:rsid w:val="00F14BBC"/>
     <w:rsid w:val="00F3203E"/>
     <w:rsid w:val="00F42368"/>
     <w:rsid w:val="00F44534"/>
     <w:rsid w:val="00F46AF3"/>
+    <w:rsid w:val="00F50B6A"/>
     <w:rsid w:val="00F5441F"/>
+    <w:rsid w:val="00F66864"/>
     <w:rsid w:val="00F92C59"/>
     <w:rsid w:val="00F954A4"/>
     <w:rsid w:val="00F97264"/>
     <w:rsid w:val="00FA2079"/>
     <w:rsid w:val="00FA4895"/>
+    <w:rsid w:val="00FB58B3"/>
     <w:rsid w:val="00FC2A27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -12218,82 +12180,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB3B617E-D1C1-4A48-A2B9-9FBAECC22F8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6050265E-6C43-40C8-8C19-731BAF59F460}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>2601</Words>
-  <Characters>14831</Characters>
+  <Words>2600</Words>
+  <Characters>14824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>123</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17398</CharactersWithSpaces>
+  <CharactersWithSpaces>17390</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chernikova-LD</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>